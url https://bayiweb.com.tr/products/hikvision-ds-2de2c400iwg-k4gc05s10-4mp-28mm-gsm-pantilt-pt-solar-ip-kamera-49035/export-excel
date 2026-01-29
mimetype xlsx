--- v0 (2025-12-15)
+++ v1 (2026-01-29)
@@ -38,84 +38,84 @@
   <si>
     <t>Özellik</t>
   </si>
   <si>
     <t>Açıklama</t>
   </si>
   <si>
     <t>Kayıt Çözünürlüğü</t>
   </si>
   <si>
     <t>4 MP</t>
   </si>
   <si>
     <t>Lens Boyutu</t>
   </si>
   <si>
     <t>2.8 mm</t>
   </si>
   <si>
     <t>Lens Tipi</t>
   </si>
   <si>
     <t>Sabit Lens</t>
   </si>
   <si>
+    <t>Gece Görüş Mesafesi</t>
+  </si>
+  <si>
+    <t>30 Metre</t>
+  </si>
+  <si>
+    <t>WDR Desteği</t>
+  </si>
+  <si>
+    <t>Var</t>
+  </si>
+  <si>
+    <t>Kayıt Formatı</t>
+  </si>
+  <si>
+    <t>H.264</t>
+  </si>
+  <si>
+    <t>H.265</t>
+  </si>
+  <si>
+    <t>Kamera Tipi</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>PoE Desteği</t>
+  </si>
+  <si>
+    <t>Yok</t>
+  </si>
+  <si>
     <t>Akıllı Analiz Desteği</t>
-  </si>
-[...31 lines deleted...]
-    <t>Yok</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -484,83 +484,83 @@
       <c r="B4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B10" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">